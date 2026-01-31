--- v0 (2025-12-10)
+++ v1 (2026-01-31)
@@ -31,51 +31,51 @@
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa6d42ea52e24ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08fab2c8186645e6af642be9b63a865d.psmdcp" Id="R7a5cc50bb9874261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50030b4d3bad4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/492eb3652da245b29d9ffd28eb2a054c.psmdcp" Id="R527bcd88ad734c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Event #1" sheetId="1" r:id="rId2"/>
     <x:sheet name="Event #2 - Teams" sheetId="2" r:id="rId3"/>
     <x:sheet name="Event #2 - Quizzers" sheetId="3" r:id="rId4"/>
     <x:sheet name="Event #3 - Teams" sheetId="4" r:id="rId5"/>
     <x:sheet name="Event #3 - Quizzers" sheetId="5" r:id="rId6"/>
     <x:sheet name="Event #4 - Teams" sheetId="6" r:id="rId7"/>
     <x:sheet name="Event #4 - Quizzers" sheetId="7" r:id="rId8"/>
     <x:sheet name="Event #5 - Teams" sheetId="8" r:id="rId9"/>
     <x:sheet name="Event #5 - Quizzers" sheetId="9" r:id="rId10"/>
     <x:sheet name="Event #6 - Teams" sheetId="10" r:id="rId11"/>
     <x:sheet name="Event #6 - Quizzers" sheetId="11" r:id="rId12"/>
     <x:sheet name="Event #7 - Teams" sheetId="12" r:id="rId13"/>
     <x:sheet name="Event #7 - Quizzers" sheetId="13" r:id="rId14"/>
     <x:sheet name="Event #8 - Teams" sheetId="14" r:id="rId15"/>
     <x:sheet name="Event #8 - Quizzers" sheetId="15" r:id="rId16"/>
     <x:sheet name="Event #9 - Teams" sheetId="16" r:id="rId17"/>