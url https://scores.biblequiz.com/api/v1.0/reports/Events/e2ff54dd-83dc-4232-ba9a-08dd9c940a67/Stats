--- v1 (2026-01-31)
+++ v2 (2026-03-20)
@@ -31,51 +31,51 @@
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50030b4d3bad4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/492eb3652da245b29d9ffd28eb2a054c.psmdcp" Id="R527bcd88ad734c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d9cdddc1ec4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/553b59f6088d45499eab18dfb24dc839.psmdcp" Id="R67f9af1b638d4a81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Event #1" sheetId="1" r:id="rId2"/>
     <x:sheet name="Event #2 - Teams" sheetId="2" r:id="rId3"/>
     <x:sheet name="Event #2 - Quizzers" sheetId="3" r:id="rId4"/>
     <x:sheet name="Event #3 - Teams" sheetId="4" r:id="rId5"/>
     <x:sheet name="Event #3 - Quizzers" sheetId="5" r:id="rId6"/>
     <x:sheet name="Event #4 - Teams" sheetId="6" r:id="rId7"/>
     <x:sheet name="Event #4 - Quizzers" sheetId="7" r:id="rId8"/>
     <x:sheet name="Event #5 - Teams" sheetId="8" r:id="rId9"/>
     <x:sheet name="Event #5 - Quizzers" sheetId="9" r:id="rId10"/>
     <x:sheet name="Event #6 - Teams" sheetId="10" r:id="rId11"/>
     <x:sheet name="Event #6 - Quizzers" sheetId="11" r:id="rId12"/>
     <x:sheet name="Event #7 - Teams" sheetId="12" r:id="rId13"/>
     <x:sheet name="Event #7 - Quizzers" sheetId="13" r:id="rId14"/>
     <x:sheet name="Event #8 - Teams" sheetId="14" r:id="rId15"/>
     <x:sheet name="Event #8 - Quizzers" sheetId="15" r:id="rId16"/>
     <x:sheet name="Event #9 - Teams" sheetId="16" r:id="rId17"/>